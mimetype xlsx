--- v0 (2025-10-05)
+++ v1 (2026-01-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1037" uniqueCount="407">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -274,50 +274,101 @@
   <si>
     <t>"Que o Poder Executivo faça um estudo de viabilidade, através da Secretaria Municipal de Obras e Serviços Públicos, extenso a Chefia de Gabinete, para que após os trâmites legais, promova os devidos reparos na iluminação no Portal da entrada da Cidade, e nos postes ao lado."</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>VANESSA COSTA</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_vanessa_15-09.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado o veículo TOYOTA ETIOS SEDAN X VSC MT, placa QTE-2510 , para uso da Associação Comercial e Industrial de Theobroma – ACITHEO , inscrita no CNPJ sob o nº 59.590.871/0001-55.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/95/document_-_2025-10-01t112326.208.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo faça um estudo de viabilidade, através da Secretaria Municipal de Agricultura, extenso a Chefia de Gabinete, para que disponibilize uma máquina moto niveladora, através do Programa Produz Mais, para fazer aberturas de carreadores nas propriedades pertencentes ao município de Theobroma/RO, na RO 464, sentido município de Jaru/RO.</t>
   </si>
   <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_08-adelson.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito Municipal de Theobroma, por intermédio da Secretaria Municipal de Fazenda – SEMFAZ e a Superintendência do Instituto de Previdência dos Servidores Municipais de Theobroma – IPT, realize estudo técnico, jurídico e atuarial com vistas à destinação dos valores arrecadados a título de Imposto de Renda Retido na Fonte (IRRF) sobre os proventos de aposentadorias e pensões dos servidores municipais, de forma que tais recursos sejam repassados ao IPT como parcela compensatória para cobertura do déficit previdenciário, nos termos da Lei Complementar Municipal nº 946/2024 e da Emenda Constitucional nº 103/2019. Propõe-se, ainda, que o Executivo avalie, a médio prazo, a possibilidade de redução gradual da alíquota de 14 % atualmente descontada dos aposentados e pensionistas, em reconhecimento à longa contribuição prestada por esses servidores ao sistema municipal.</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao-09-avc.docx</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito Municipal de Theobroma, por meio da Secretaria Municipal de Agricultura SEMAGRI, em parceria com a EMATER/RO, avalie a possibilidade de instituir a Premiação do Café de Theobroma, a ser realizada anualmente durante a Festa da Agricultura Familiar, com a finalidade de reconhecer, incentivar e valorizar os produtores de café do município.</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao-10-avc.docx</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito Municipal de Theobroma, por meio da Secretaria Municipal de Agricultura SEMAGRI, em parceria com a SEBRAE, EMATER/RO, SEAGRI/RO, IDARON, Instituições de Ensino, Cooperativas de créditos e demais instituições de apoio ao desenvolvimento rural, estude a viabilidade de realizar o Dia de Campo das Agroindústrias de Theobroma, podendo ser denominado Encontro Municipal das Agroindústrias.</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao-03.docx</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Theobroma, por meio da Secretaria Municipal de Saúde e Gabinete do Prefeito, que seja providenciada a instalação de internet via satélite nos veículos oficiais utilizados pela administração pública, sendo eles: Ambulâncias e veículos de transporte da saúde; Veículos operacionais do Conselho Tutelar.</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>ABEL DO POSTO DO PALMARES</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao-01_1.docx</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito Municipal de Theobroma, por meio da Secretaria Municipal de Fazenda e do Gabinete do Prefeito, estude a viabilidade de implantar um Cartão Benefício aos Servidores Públicos Municipais, extenso também aos servidores portariados e celetistas, em substituição ao atual auxílio-alimentação, cujo valor permanece fixado em R$ 125,00 desde 2015, sem atualização inflacionária.</t>
+  </si>
+  <si>
     <t>46</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/46/document.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos Senhores:_x000D_
 Geraldo Vicente da Costa e Leunice Maria</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/47/document_1.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos Senhores:_x000D_
 Maria Aparecida da Silva Pereira e Valtair de Oliveira</t>
   </si>
@@ -329,92 +380,187 @@
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de aplausos ao Senhor:_x000D_
 Luiz Povodeiuk</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Moção de aplausos a Senhora:_x000D_
 Silma Akerley da Silva, pelos relevantes trabalhos voluntários a frente do Leilão Direito de Viver</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/82/mocao_de_aplausos_captadores-avc.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos para os captadores do Leilão Direito de Viver, em reconhecimento aos relevantes serviços voluntários prestados em prol do Hospital de Amor.</t>
   </si>
   <si>
-    <t>21</t>
+    <t>119</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/119/mocoes_02.docx</t>
+  </si>
+  <si>
+    <t>Ao Senhor Roni Freitas da Silva, diretor executivo da rádio Plan Fm 94.9 de Jaru, pelos relevantes serviços prestados a sociedade através da comunicação no rádio.</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>BEBETO</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/125/mocao_de_aplausos_01_bebeto_para_adao.docx</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor Adão João de Deus, professor pioneiro no município, pelos relevantes serviços prestados a comunidade.</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_aplausos-02_bebeto_para_ana.docx</t>
+  </si>
+  <si>
+    <t>Moção de aplausos a Senhora Ana Cláudia Natal Babolim, médica com longa folha de serviço prestada neste município, atendendo com pequenos procedimentos cirúrgicos e realizando também trabalho social, através da distribuição de cestas básicas para famílias carentes.</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/127/mocao_de_aplausos-03_bebeto_para_celestino.docx</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao Senhor Francisco Celestino de Araújo, pelos trabalhos prestados junto aos produtores rurais com inovação da lavoura cafeeira.</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/128/mocao_de_aplausos-04_bebeto_para_julieta.docx</t>
+  </si>
+  <si>
+    <t>Moção de aplausos a Senhora Julieta Luciana dos Santos, pelo excelente trabalho realizado na EMATER a frente dos programas das políticas públicas do governo do estado de Rondônia e do governo federal.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/21/prestacao_de_contas_2023-gilliard.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Exercício de 2023 do Poder Executivo Municipal, sob a gestão do Prefeito Gilliard dos Santos Gomes.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/65/prestacao_de_contas_exercicio_2018-claudio_santos-_vol_1_e_2.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2018 DO EXECUTIVO SOB GESTÃO DO SENHOR CLAUDIOMIRO DOS SANTOS.</t>
   </si>
   <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/113/acordao_prestacao_de_contas-2019.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas do exercício de 2019 do Poder Executivo Municipal, de responsabilidade do senhor Claudiomiro Alves dos Santos e José Abel_x000D_
+Pinheiro.</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/114/acordao_prestacao_de_contas-2020.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas do exercício de 2020 do Poder Executivo Municipal, de responsabilidade do senhor Claudiomiro Alves dos Santos e José Abel_x000D_
+Pinheiro.</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/115/acordao_prestacao_de_contas-2021.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas do exercício de 2021 do Poder Executivo Municipal, de responsabilidade do senhor Gilliard dos Santos Gomes.</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/116/acordao_prestacao_de_contas-2022.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas do exercício de 2022 do Poder Executivo Municipal, de responsabilidade do senhor Gilliard dos Santos Gomes.</t>
+  </si>
+  <si>
     <t>50</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>GILLIARD DOS SANTOS GOMES</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/50/plc_01-2025.pdf</t>
   </si>
   <si>
     <t>“Institui o Sistema de Controle Interno – SCI, no Município de Theobroma - RO, e dá outras providências. ”</t>
   </si>
   <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/133/plc_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o equacionamento do déficit atuarial do Instituto de Previdência Social dos Servidores Públicos de Theobroma/RO (IPT), mediante a vinculação do produto do Imposto de Renda Retido na Fonte (IRRF) e autorização de aporte de sobras orçamentárias do Poder Legislativo, e revoga dispositivos da Lei Complementar Municipal nº 946/2024”.</t>
+  </si>
+  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>GILLIARD DOS SANTOS GOMES, Prefeitura Municipal - PM</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl-01-gp-pmt-2025.pdf</t>
   </si>
   <si>
     <t>Institui o pagamento de Gratificação de produtividade por desempenho operacional aos servidores municipais lotados na Secretaria Municipal de Agricultura e Pecuária, Secretaria Municipal de Desenvolvimento e Assistência Social - SEMDAS e Secretaria de Gabinete, institui gratificação por desempenho de função, institui a indenização denominada de “Diária de Campo”, e dá outras providências”.</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_02.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Abertura de Crédito Adicional Especial no orçamento vigente, e altera a Lei nº 0952, de 19 de dezembro de 2024 (LOA de 2025). ”</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/15/pl_03-2025.pdf</t>
   </si>
   <si>
     <t>“Aprova o Plano Municipal pela Primeira Infância no município de Theobroma, e dá outras providências. ”</t>
@@ -665,119 +811,293 @@
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/90/pl_27-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Abertura de Crédito Adicional Especial no orçamento vigente, e altera a Lei nº 0952, de 19 de dezembro de 2024 (LOA de 2025)”.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/94/pl_28-2025.pdf</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/96/pl_29-2025.pdf</t>
   </si>
   <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_no_30-segap-pmt-2025_-_de_20_de_outubro_de_2025_-_cred_esp_-_semed-semosp-semusa.pdf</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/105/projeto_de_lei_n_031-segap-pmt-2025_-_ab._cred_adic._especiais_-_semosp-semusa.pdf</t>
+  </si>
+  <si>
+    <t>“Abre no orçamento vigente crédito adicional especial e dá outras providências. ”</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_n_032-segap-2025_-_ppa_2026-2029_compressed.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o Plano Plurianual – PPA para o Quadriênio 2026 a 2029, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_n_033-segap-pmt-2025_-_ldo_2026_compressed.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária Anual de 2026, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_n_034-segap-pmt-2025_-_loa_2026_compressed.pdf</t>
+  </si>
+  <si>
+    <t>“Estima a Receita e Fixa a Despesa do Orçamento Fiscal do município de Theobroma-RO – Lei Orçamentária Anual - LOA, para o exercício de 2026, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/110/pl_35-2025.pdf</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_n_036-segap-pmt-2025_-_cria_o_cargo_de_auditor_fiscal_-_fiscal_tributario_-_fiscal_tributario_-_01-12-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Institui cargos da carreira específica da Administração Tributária Municipal, exercida por Fiscais Tributários e Auditores Fiscais de Tributos Municipais, no âmbito do Município de Theobroma - RO, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/122/pl_36-2025.pdf</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/124/pl_37-2025.pdf</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/129/pl_38-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a celebração de parceria entre o Município de Theobroma - RO e a Associação de Pais e Amigos dos Excepcionais – APAE de Jaru-RO, com repasse de recursos financeiros, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/130/pl_39-2025.pdf</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/132/projeto_de_lei_n_040-segap-pmt-2025_-_amortizacao_deficit_atuarial_-_17-12-2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a repactuação do Plano de Amortização para o equacionamento do Déficit Atuarial do Regime Próprio de Previdência Social do Município de Theobroma/RO, com base na Avaliação Atuarial de 2025; redefine a alíquota da Taxa de Administração para custeio das despesas correntes e de capital, incluindo recursos vinculados ao Pró-Gestão RPPS, em conformidade com a Emenda Constitucional nº 103/2019 e a Portaria MTP nº 1.467/2022, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_041-segap-pmt-2025_-_cred_esp_-_semosp_-_semusa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Abertura de Crédito Adicional Especial no orçamento vigente, e altera a Lei nº 0952, de 19 de dezembro de 2024 (LOA de 2025)"</t>
+  </si>
+  <si>
     <t>73</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de EMenda à Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/73/emenda_01-2025.pdf</t>
   </si>
   <si>
     <t>“Inclui os parágrafos 1º, 2º, 3º, 4º, 5º, 6º, 7º e 8º no artigo 103 da Lei Orgânica do Município para adotar no processo legislativo orçamentário municipal as emendas impositivas individuais de vereadores, previstas na Emenda Constitucional nº 86, de 17 de março de 2015; na Emenda Constitucional nº 100, de 26 de junho de 2019; e na Emenda Constitucional nº 126, de 21 de dezembro de 2022; e dá outras providências. ”</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pr-01-cmt-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº01/MDCMT/2025 “ALTERA O ARTIGO 3º DA RESOLUÇÃO Nº 63/CMT/2023, O QUAL DISPÕE SOBRE O HORÁRIO DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL.”</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pr-02-md-cmt-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE REAJUSTE DOS VENCIMENTOS DOS FUNCIONÁRIOS DE PROVIMENTO EFETIVO DA CÂMARA MUNICIPAL DE THEOBROMA DO ESTADO DE RONDÔNIA E DÁ OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/26/pr_03-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a autorização de uso de veículos pertencentes ao Poder Legislativo Municipal de Theobroma para vereadores residentes no distrito de Palmares do Oeste e dá outras providências. ”</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/52/pr-_04-md-cmt-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A DEVOLUÇÃO DO VEÍCULO TOYOTA ETIOS SEDAN X VSC MT, PLACA QTE -2510, À PREFEITURA MUNICIPAL DE THEOBROMA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/53/pr-04-md-cmt-2025.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a aplicação da Lei n. 13.709, de 14 de agosto de 2018 - Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da Câmara Municipal_x000D_
 de Theobroma/RO.”</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/72/pr_06-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a baixa de patrimônio da Câmara Municipal de Theobroma/RO, e sub-rogação. ”</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_resolucao_07mdcmt2025-autoriza_a_outorga_de_procuracao_a_seguradora_para_tratamento_de_assuntos_relativos_ao_veiculo_oficial_da_camara_municipal_de_theobroma.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA A OUTORGA DE PROCURAÇÃO À SEGURADORA PARA TRATAMENTO DE ASSUNTOS RELATIVOS AO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL DE THEOBROMA/RO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_resolucao_08mdcmt2025_-_agente_de_contratacao_e_equipe.pdf</t>
+  </si>
+  <si>
+    <t>“Regulamenta o disposto no § 3º do art. 8º da Lei nº 14.133, de 1º de abril de 2021, para dispor sobre as regras para a atuação do agente de contratação e da equipe de apoio, o funcionamento da comissão de contratação e a atuação dos gestores e fiscais de contratos, no âmbito da Câmara Municipal de Theobroma/RO, e dá outras providências. ”</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/118/pr_09-2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Regulamenta, no âmbito do Poder Legislativo, a Lei Federal nº 12.527, de 18 de novembro de 2011, que dispõe sobre o acesso a informações previsto no inciso XXXIII do caput do art. 5º, no inciso II do §3º do art. 37 e no §2º do art. 216, todas da Constituição Federal, no âmbito do Poder Legislativo Municipal de Theobroma/RO.”</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/123/pr_10-2025.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA O ANEXO I DA RESOLUÇÃO Nº 67/CMT/2023, SOBRE VALORES DAS DIÁRIAS CORRESPONDENTE A UFM DA CÂMARA MUNICIPAL DE THEOBROMA/RO.”</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_resolucao_no_011mdcmt2025-altera_a_resolucao_no_65cmt2023_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a Resolução nº 65/CMT/2023 para criar o cargo de Diretor de Imprensa, redefine as atribuições do Diretor de Compras e dá outras providências.”</t>
   </si>
   <si>
     <t>INCJ</t>
   </si>
   <si>
     <t>indicação em conjunto</t>
   </si>
   <si>
     <t>ADELSON CORREIA (DEDÉ), JULIANA ENFERMEIRA, VANESSA COSTA</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/9/document_8.pdf</t>
   </si>
   <si>
     <t>Realização de Audiência Pública sobre Políticas de Inclusão e Atendimento às Pessoas com Transtorno do Espectro Autista (TEA) e demais_x000D_
 Estudantes com Deficiência e Necessidades Específicas no Município de Theobroma.</t>
   </si>
   <si>
     <t>ADELSON CORREIA (DEDÉ), JULIANA ENFERMEIRA</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/10/document_2.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Senhor Prefeito Municipal de Theobroma, por meio da Secretaria Municipal de Fazenda - SEMFAZ, realize estudo de impacto_x000D_
@@ -828,165 +1148,165 @@
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/30/document_19.pdf</t>
   </si>
   <si>
     <t>Que seja feito o repasse de combustível para os agentes de saúde estarem fazendo suas visitas comunitárias, pois até o momento o combustível estava sendo pago com recurso próprio dos mesmos.</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/31/document_20.pdf</t>
   </si>
   <si>
     <t>Que sejam feitos reparos em pontos com má trafegabilidade e bueiros desbarrancando no Assentamento Vale Encantado, situações que geram risco de acidentes, principalmente agora no período de aulas.</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/33/document_22.pdf</t>
   </si>
   <si>
     <t>Que sejam plantadas árvores frutíferas nas margens dos Igarapés da cidade.</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/32/document_21.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada uma ponte mais segura no setor Jatuarana, pois quando chove as crianças precisam atravessar a pé, com a ajuda do senhor_x000D_
 Joel, por ser arriscado o ônibus passar em cima da ponte e acontecer algum acidente.</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/34/document_23.pdf</t>
   </si>
   <si>
     <t>Que seja criada uma lei de auxílio de benefícios eventuais, como por exemplo, urna funerária, para que as pessoas de baixa renda tenham_x000D_
 ajuda de custo nessas situações.</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/35/document_23.pdf</t>
   </si>
   <si>
     <t>Que seja indicado um servidor para ajudar os produtores rurais a tirarem suas notas no Idaron.</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/36/document_24.pdf</t>
   </si>
   <si>
     <t>Que seja feito reajuste do auxílio alimentação de todos os funcionários públicos do município, pois desde 2014 esse valor não teve reajuste.</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>DUDU DO PALMARES</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/37/document_25.pdf</t>
   </si>
   <si>
     <t>Que sejam feitos reparos na entrada do distrito de Palmares, pois o asfalto no local está muito danificado.</t>
-  </si>
-[...1 lines deleted...]
-    <t>38</t>
   </si>
   <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/38/document_26.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado, através da Secretaria de Saúde, um ônibus e também a van para transportar as pessoas nos dias 26 e 27 de abril_x000D_
 até Palmares, para terem acesso aos vários serviços que serão disponibilizados à população através do programa Rondônia Cidadã, sendo_x000D_
 um deles o atendimento da Policlínica Oswaldo Cruz Itinerante.</t>
   </si>
   <si>
-    <t>39</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/39/document_27.pdf</t>
   </si>
   <si>
     <t>Que seja feita a melhoria da iluminação pública nas ruas do distrito de Palmares, trocando as lâmpadas queimadas.</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/40/document_27.pdf</t>
   </si>
   <si>
     <t>Que seja feita a melhoria da iluminação pública, trocando as lâmpadas queimadas na pista de caminhada.</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>Que seja feito um tapa buracos na Avenida dos Pioneiros</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/42/document_28.pdf</t>
   </si>
   <si>
     <t>Que sejam feitos reparos nas linhas da região de Antônio Conselheiro, Vale Encantado e Majaru.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Para que pudessem realizar uma alteração na Lei Orgânica no município, permitindo durante as sessões o uso de acessórios, como chapéus, bonés ou lenços, e colocando como opcional o uso de gravatas.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Que o prefeito juntamente com o secretário de obras pudessem estar realizando um cascalhamento na região da Majaru, Antônio Conselheiro e Vale Encantado, pelo motivo de que foi implantado um sistema de água através do governador do estado e cortou o meio da estrada, e com o patrolamento feito em seguida, foi jogada terra no meio da estrada, e o vereador teme que quando voltar a chover acabe criando muitos transtornos para a trafegabilidade no local.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Para que o executivo legalizasse para nosso município não cobrar do cidadão, quando este solicitar para alguma finalidade, até 2 caminhões de terra.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Para que se aumentasse a frequência da prática de atividade física para os idosos, ou até mesmo do próprio forró, para uma vez por semana, pois eles precisam dessa prática de exercícios físicos e também de participar mais da comunidade.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Para que a secretária de saúde contrate mais uma fisioterapeuta, pois temos mais de 80 pacientes na fila de espera da fisioterapia em nosso município, e segundo a vereadora, precisamos lutar para que a saúde atenda de fato a nossa população.</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Para que o executivo possa estar realizando um cascalhamento com rapidez na região do Assentamento Primavera, Água Cristalina, Manoel Ribeiro e 12 de outubro, onde foi realizado um trabalho de encanamento de água, e isso deixou a estrada muito ruim, com difícil trafegabilidade.</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Para que o executivo realize reparos e um cascalhamento nas estradas do Setor Oriente.</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Para que os psicólogos das outras secretarias também possam fazer o tratamento clínico nos pacientes.</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>Para que a secretaria de obras, a pedido da própria população da região, possa abrir uma estrada que liga o travessão da linha 601 ao setor gralha azul, o que facilitaria o acesso e tiraria o foco da poeira de dentro da cidade, além de movimentar outras partes da cidade e fazê-la crescer mais, atendendo assim a demanda do povo do setor chacareiro e facilitando sua locomoção.</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>Para que o prefeito possa projetar e criar o décimo quarto salário com o dinheiro do FUNDEB para os nossos professores e profissionais da educação, se o município tiver disponibilidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1290,68 +1610,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/18/document_9.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/16/document_8.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/19/document_10.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/20/document_11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/22/document_12.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/23/document_14.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/5/document_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/24/document_15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/25/document_16.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/8/document_7.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/11/document_3.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/12/document_3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/13/document_4.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_07_jjbs.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_jjbs.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_08-jjbs-placa_da_ubs_travessao_10.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_09gvjjbs2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_vanessa_15-09.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/95/document_-_2025-10-01t112326.208.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/46/document.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/47/document_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/82/mocao_de_aplausos_captadores-avc.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/21/prestacao_de_contas_2023-gilliard.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/65/prestacao_de_contas_exercicio_2018-claudio_santos-_vol_1_e_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/50/plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl-01-gp-pmt-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_02.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/15/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/17/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/44/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/45/ppl_01-jjbs-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/51/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/55/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/56/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/57/pl_09-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/58/pl_10-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/59/pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/60/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/61/pl_13-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/62/pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/63/pl_15-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/64/pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/66/pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/67/pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/68/pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/69/pl_01_avc_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/70/pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/71/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/74/pl_02_jjbs_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/75/pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/79/pl_17-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/80/pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/86/pl_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/87/pl_02_avc.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/89/pl_26-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/90/pl_27-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/94/pl_28-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/96/pl_29-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/73/emenda_01-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pr-01-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pr-02-md-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/26/pr_03-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/52/pr-_04-md-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/53/pr-04-md-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/72/pr_06-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/9/document_8.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/10/document_2.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_conjunta_03_avc-rcd.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/27/document_17.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/28/document_17.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/29/document_18.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/30/document_19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/31/document_20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/33/document_22.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/32/document_21.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/34/document_23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/35/document_23.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/36/document_24.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/37/document_25.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/38/document_26.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/39/document_27.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/40/document_27.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/42/document_28.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/18/document_9.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/16/document_8.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/19/document_10.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/20/document_11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/22/document_12.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/23/document_14.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/5/document_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/24/document_15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/25/document_16.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/8/document_7.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/11/document_3.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/12/document_3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/13/document_4.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_07_jjbs.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_jjbs.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_08-jjbs-placa_da_ubs_travessao_10.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_no_09gvjjbs2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_vanessa_15-09.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/95/document_-_2025-10-01t112326.208.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_08-adelson.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao-09-avc.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao-10-avc.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao-03.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao-01_1.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/46/document.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/47/document_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/82/mocao_de_aplausos_captadores-avc.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/119/mocoes_02.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/125/mocao_de_aplausos_01_bebeto_para_adao.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/126/mocao_de_aplausos-02_bebeto_para_ana.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/127/mocao_de_aplausos-03_bebeto_para_celestino.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/128/mocao_de_aplausos-04_bebeto_para_julieta.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/21/prestacao_de_contas_2023-gilliard.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/65/prestacao_de_contas_exercicio_2018-claudio_santos-_vol_1_e_2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/113/acordao_prestacao_de_contas-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/114/acordao_prestacao_de_contas-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/115/acordao_prestacao_de_contas-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/116/acordao_prestacao_de_contas-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/50/plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/133/plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/4/pl-01-gp-pmt-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/6/pl_02.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/15/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/17/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/44/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/45/ppl_01-jjbs-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/51/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/55/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/56/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/57/pl_09-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/58/pl_10-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/59/pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/60/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/61/pl_13-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/62/pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/63/pl_15-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/64/pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/66/pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/67/pl_19-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/68/pl_20-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/69/pl_01_avc_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/70/pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/71/pl_22-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/74/pl_02_jjbs_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/75/pl_23-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/79/pl_17-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/80/pl_24-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/86/pl_25.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/87/pl_02_avc.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/89/pl_26-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/90/pl_27-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/94/pl_28-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/96/pl_29-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_no_30-segap-pmt-2025_-_de_20_de_outubro_de_2025_-_cred_esp_-_semed-semosp-semusa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/105/projeto_de_lei_n_031-segap-pmt-2025_-_ab._cred_adic._especiais_-_semosp-semusa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_n_032-segap-2025_-_ppa_2026-2029_compressed.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_n_033-segap-pmt-2025_-_ldo_2026_compressed.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_n_034-segap-pmt-2025_-_loa_2026_compressed.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/110/pl_35-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/117/projeto_de_lei_n_036-segap-pmt-2025_-_cria_o_cargo_de_auditor_fiscal_-_fiscal_tributario_-_fiscal_tributario_-_01-12-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/122/pl_36-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/124/pl_37-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/129/pl_38-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/130/pl_39-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/132/projeto_de_lei_n_040-segap-pmt-2025_-_amortizacao_deficit_atuarial_-_17-12-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_041-segap-pmt-2025_-_cred_esp_-_semosp_-_semusa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/73/emenda_01-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/2/pr-01-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/3/pr-02-md-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/26/pr_03-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/52/pr-_04-md-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/53/pr-04-md-cmt-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/72/pr_06-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_resolucao_07mdcmt2025-autoriza_a_outorga_de_procuracao_a_seguradora_para_tratamento_de_assuntos_relativos_ao_veiculo_oficial_da_camara_municipal_de_theobroma.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_resolucao_08mdcmt2025_-_agente_de_contratacao_e_equipe.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/118/pr_09-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/123/pr_10-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/131/projeto_de_resolucao_no_011mdcmt2025-altera_a_resolucao_no_65cmt2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/9/document_8.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/10/document_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_conjunta_03_avc-rcd.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/27/document_17.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/28/document_17.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/29/document_18.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/30/document_19.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/31/document_20.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/33/document_22.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/32/document_21.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/34/document_23.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/35/document_23.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/36/document_24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/37/document_25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/38/document_26.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/39/document_27.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/40/document_27.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/sapl/public/materialegislativa/2025/42/document_28.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.theobroma.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H92"/>
+  <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="242" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1839,1903 +2159,2891 @@
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H20" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>38</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>38</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B22" t="s">
-[...14 lines deleted...]
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>29</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>38</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B23" t="s">
-[...11 lines deleted...]
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H24" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>41</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>99</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>100</v>
       </c>
       <c r="E26" t="s">
         <v>101</v>
       </c>
+      <c r="F26" t="s">
+        <v>18</v>
+      </c>
       <c r="G26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="H26" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>104</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>100</v>
       </c>
       <c r="E27" t="s">
         <v>101</v>
       </c>
+      <c r="F27" t="s">
+        <v>18</v>
+      </c>
       <c r="G27" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H27" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
         <v>108</v>
       </c>
-      <c r="E28" t="s">
+      <c r="G28" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F28" t="s">
+      <c r="H28" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>26</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E29" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="F29" t="s">
-        <v>115</v>
+        <v>76</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="H29" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>34</v>
+        <v>113</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D30" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E30" t="s">
+        <v>101</v>
+      </c>
+      <c r="F30" t="s">
+        <v>38</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="F30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H30" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="D31" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E31" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="F31" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="H31" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D32" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E32" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="F32" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="G32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H32" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>42</v>
+      </c>
+      <c r="D33" t="s">
+        <v>100</v>
+      </c>
+      <c r="E33" t="s">
+        <v>101</v>
+      </c>
+      <c r="F33" t="s">
+        <v>120</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="B33" t="s">
-[...14 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>126</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>46</v>
+      </c>
+      <c r="D34" t="s">
+        <v>100</v>
+      </c>
+      <c r="E34" t="s">
+        <v>101</v>
+      </c>
+      <c r="F34" t="s">
+        <v>120</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B34" t="s">
-[...14 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>129</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>49</v>
+      </c>
+      <c r="D35" t="s">
+        <v>100</v>
+      </c>
+      <c r="E35" t="s">
+        <v>101</v>
+      </c>
+      <c r="F35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B35" t="s">
-[...14 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>86</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>132</v>
+      </c>
+      <c r="E36" t="s">
         <v>133</v>
-      </c>
-[...13 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H36" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D37" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="E37" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D38" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="E38" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="F38" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="H38" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="E39" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="F39" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H39" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="E40" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="F40" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H40" t="s">
-        <v>126</v>
+        <v>148</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="E41" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="F41" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="H41" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>113</v>
+        <v>153</v>
       </c>
       <c r="E42" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="F42" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H42" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="D43" t="s">
-        <v>113</v>
+        <v>153</v>
       </c>
       <c r="E43" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="F43" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="H43" t="s">
-        <v>119</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>154</v>
+        <v>26</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E44" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F44" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="H44" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>157</v>
+        <v>34</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="D45" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E45" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F45" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="H45" t="s">
-        <v>119</v>
+        <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>159</v>
+        <v>66</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="D46" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E46" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F46" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="H46" t="s">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>72</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>26</v>
+      </c>
+      <c r="D47" t="s">
         <v>161</v>
       </c>
-      <c r="B47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F47" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="H47" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D48" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E48" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F48" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="H48" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="D49" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E49" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F49" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="H49" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D50" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E50" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F50" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="H50" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D51" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E51" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F51" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G51" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H51" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D52" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E52" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F52" t="s">
-        <v>18</v>
+        <v>155</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="H52" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D53" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E53" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F53" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="H53" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>182</v>
+        <v>52</v>
       </c>
       <c r="D54" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E54" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F54" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="H54" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>186</v>
+        <v>55</v>
       </c>
       <c r="D55" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E55" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F55" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="H55" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>190</v>
+        <v>58</v>
       </c>
       <c r="D56" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E56" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F56" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="H56" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>194</v>
+        <v>62</v>
       </c>
       <c r="D57" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E57" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F57" t="s">
-        <v>38</v>
+        <v>155</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="H57" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>198</v>
+        <v>66</v>
       </c>
       <c r="D58" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E58" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F58" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H58" t="s">
-        <v>200</v>
+        <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>202</v>
+        <v>16</v>
       </c>
       <c r="D59" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="E59" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="F59" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H59" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>205</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
+        <v>72</v>
+      </c>
+      <c r="D60" t="s">
+        <v>161</v>
+      </c>
+      <c r="E60" t="s">
+        <v>162</v>
+      </c>
+      <c r="F60" t="s">
+        <v>155</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D60" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H60" t="s">
-        <v>204</v>
+        <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>207</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" t="s">
+        <v>161</v>
+      </c>
+      <c r="E61" t="s">
+        <v>162</v>
+      </c>
+      <c r="F61" t="s">
+        <v>155</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="B61" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H61" t="s">
-        <v>204</v>
+        <v>167</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>209</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" t="s">
+        <v>161</v>
+      </c>
+      <c r="E62" t="s">
+        <v>162</v>
+      </c>
+      <c r="F62" t="s">
+        <v>155</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H62" t="s">
         <v>211</v>
-      </c>
-[...16 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D63" t="s">
-        <v>216</v>
+        <v>161</v>
       </c>
       <c r="E63" t="s">
-        <v>217</v>
+        <v>162</v>
       </c>
       <c r="F63" t="s">
-        <v>218</v>
+        <v>155</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="H63" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>22</v>
+        <v>215</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="D64" t="s">
+        <v>161</v>
+      </c>
+      <c r="E64" t="s">
+        <v>162</v>
+      </c>
+      <c r="F64" t="s">
+        <v>38</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="E64" t="s">
+      <c r="H64" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D65" t="s">
-        <v>216</v>
+        <v>161</v>
       </c>
       <c r="E65" t="s">
-        <v>217</v>
+        <v>162</v>
       </c>
       <c r="F65" t="s">
-        <v>218</v>
+        <v>155</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="H65" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D66" t="s">
-        <v>216</v>
+        <v>161</v>
       </c>
       <c r="E66" t="s">
-        <v>217</v>
+        <v>162</v>
       </c>
       <c r="F66" t="s">
-        <v>218</v>
+        <v>155</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="H66" t="s">
-        <v>227</v>
+        <v>167</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D67" t="s">
-        <v>216</v>
+        <v>161</v>
       </c>
       <c r="E67" t="s">
-        <v>217</v>
+        <v>162</v>
       </c>
       <c r="F67" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="H67" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="D68" t="s">
-        <v>216</v>
+        <v>161</v>
       </c>
       <c r="E68" t="s">
-        <v>217</v>
+        <v>162</v>
       </c>
       <c r="F68" t="s">
-        <v>218</v>
+        <v>155</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="H68" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>46</v>
+        <v>229</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>10</v>
+        <v>230</v>
       </c>
       <c r="D69" t="s">
-        <v>234</v>
+        <v>161</v>
       </c>
       <c r="E69" t="s">
-        <v>235</v>
+        <v>162</v>
       </c>
       <c r="F69" t="s">
-        <v>236</v>
+        <v>155</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="H69" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>49</v>
+        <v>233</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="D70" t="s">
-        <v>234</v>
+        <v>161</v>
       </c>
       <c r="E70" t="s">
+        <v>162</v>
+      </c>
+      <c r="F70" t="s">
+        <v>155</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="F70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H70" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="D71" t="s">
-        <v>234</v>
+        <v>161</v>
       </c>
       <c r="E71" t="s">
-        <v>235</v>
+        <v>162</v>
       </c>
       <c r="F71" t="s">
-        <v>243</v>
+        <v>155</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="H71" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>186</v>
+        <v>241</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="D72" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E72" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F72" t="s">
-        <v>248</v>
+        <v>38</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="H72" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>190</v>
+        <v>245</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="D73" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E73" t="s">
+        <v>162</v>
+      </c>
+      <c r="F73" t="s">
+        <v>155</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="F73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H73" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>194</v>
+        <v>249</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>22</v>
+        <v>250</v>
       </c>
       <c r="D74" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E74" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="H74" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>198</v>
+        <v>253</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>26</v>
+        <v>254</v>
       </c>
       <c r="D75" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E75" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F75" t="s">
-        <v>248</v>
+        <v>155</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H75" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>202</v>
+        <v>256</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>30</v>
+        <v>257</v>
       </c>
       <c r="D76" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E76" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F76" t="s">
-        <v>91</v>
+        <v>155</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H76" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>209</v>
+        <v>259</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>34</v>
+        <v>260</v>
       </c>
       <c r="D77" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E77" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F77" t="s">
-        <v>76</v>
+        <v>155</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H77" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>37</v>
+        <v>263</v>
       </c>
       <c r="D78" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E78" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F78" t="s">
-        <v>91</v>
+        <v>155</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="H78" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>42</v>
+        <v>267</v>
       </c>
       <c r="D79" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E79" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F79" t="s">
-        <v>76</v>
+        <v>155</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="H79" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>46</v>
+        <v>271</v>
       </c>
       <c r="D80" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E80" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F80" t="s">
-        <v>91</v>
+        <v>155</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H80" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>49</v>
+        <v>275</v>
       </c>
       <c r="D81" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E81" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F81" t="s">
-        <v>248</v>
+        <v>155</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="H81" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>52</v>
+        <v>279</v>
       </c>
       <c r="D82" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E82" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F82" t="s">
-        <v>273</v>
+        <v>155</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="H82" t="s">
-        <v>275</v>
+        <v>174</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>55</v>
+        <v>282</v>
       </c>
       <c r="D83" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E83" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="H83" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>58</v>
+        <v>286</v>
       </c>
       <c r="D84" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E84" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F84" t="s">
-        <v>280</v>
+        <v>155</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="H84" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>62</v>
+        <v>289</v>
       </c>
       <c r="D85" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E85" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F85" t="s">
-        <v>91</v>
+        <v>155</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="H85" t="s">
-        <v>285</v>
+        <v>252</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>66</v>
+        <v>292</v>
       </c>
       <c r="D86" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E86" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F86" t="s">
-        <v>91</v>
+        <v>155</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>92</v>
+        <v>293</v>
       </c>
       <c r="H86" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="D87" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E87" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F87" t="s">
-        <v>280</v>
+        <v>155</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="H87" t="s">
-        <v>290</v>
+        <v>167</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>72</v>
+        <v>175</v>
       </c>
       <c r="D88" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E88" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>92</v>
+        <v>298</v>
       </c>
       <c r="H88" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="D89" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
       <c r="E89" t="s">
-        <v>247</v>
+        <v>162</v>
       </c>
       <c r="F89" t="s">
-        <v>280</v>
+        <v>155</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>92</v>
+        <v>301</v>
       </c>
       <c r="H89" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>246</v>
+        <v>304</v>
       </c>
       <c r="E90" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>305</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>92</v>
+        <v>306</v>
       </c>
       <c r="H90" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>297</v>
+        <v>17</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>246</v>
+        <v>308</v>
       </c>
       <c r="E91" t="s">
-        <v>247</v>
+        <v>309</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>92</v>
+        <v>310</v>
       </c>
       <c r="H91" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>299</v>
+        <v>22</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>99</v>
+        <v>17</v>
       </c>
       <c r="D92" t="s">
+        <v>308</v>
+      </c>
+      <c r="E92" t="s">
+        <v>309</v>
+      </c>
+      <c r="F92" t="s">
+        <v>140</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H92" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>230</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>22</v>
+      </c>
+      <c r="D93" t="s">
+        <v>308</v>
+      </c>
+      <c r="E93" t="s">
+        <v>309</v>
+      </c>
+      <c r="F93" t="s">
+        <v>140</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H93" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>316</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>26</v>
+      </c>
+      <c r="D94" t="s">
+        <v>308</v>
+      </c>
+      <c r="E94" t="s">
+        <v>309</v>
+      </c>
+      <c r="F94" t="s">
+        <v>140</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H94" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>319</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>30</v>
+      </c>
+      <c r="D95" t="s">
+        <v>308</v>
+      </c>
+      <c r="E95" t="s">
+        <v>309</v>
+      </c>
+      <c r="F95" t="s">
+        <v>140</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H95" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>322</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>34</v>
+      </c>
+      <c r="D96" t="s">
+        <v>308</v>
+      </c>
+      <c r="E96" t="s">
+        <v>309</v>
+      </c>
+      <c r="F96" t="s">
+        <v>140</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H96" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>325</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>37</v>
+      </c>
+      <c r="D97" t="s">
+        <v>308</v>
+      </c>
+      <c r="E97" t="s">
+        <v>309</v>
+      </c>
+      <c r="F97" t="s">
+        <v>140</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H97" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>328</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>42</v>
+      </c>
+      <c r="D98" t="s">
+        <v>308</v>
+      </c>
+      <c r="E98" t="s">
+        <v>309</v>
+      </c>
+      <c r="F98" t="s">
+        <v>140</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H98" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>331</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>46</v>
+      </c>
+      <c r="D99" t="s">
+        <v>308</v>
+      </c>
+      <c r="E99" t="s">
+        <v>309</v>
+      </c>
+      <c r="F99" t="s">
+        <v>140</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H99" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>334</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>49</v>
+      </c>
+      <c r="D100" t="s">
+        <v>308</v>
+      </c>
+      <c r="E100" t="s">
+        <v>309</v>
+      </c>
+      <c r="F100" t="s">
+        <v>140</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H100" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>337</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>52</v>
+      </c>
+      <c r="D101" t="s">
+        <v>308</v>
+      </c>
+      <c r="E101" t="s">
+        <v>309</v>
+      </c>
+      <c r="F101" t="s">
+        <v>140</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H101" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>46</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
+        <v>340</v>
+      </c>
+      <c r="E102" t="s">
+        <v>341</v>
+      </c>
+      <c r="F102" t="s">
+        <v>342</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H102" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>49</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>17</v>
+      </c>
+      <c r="D103" t="s">
+        <v>340</v>
+      </c>
+      <c r="E103" t="s">
+        <v>341</v>
+      </c>
+      <c r="F103" t="s">
+        <v>345</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H103" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>348</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>22</v>
+      </c>
+      <c r="D104" t="s">
+        <v>340</v>
+      </c>
+      <c r="E104" t="s">
+        <v>341</v>
+      </c>
+      <c r="F104" t="s">
+        <v>349</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H104" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>234</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" t="s">
+        <v>352</v>
+      </c>
+      <c r="E105" t="s">
+        <v>353</v>
+      </c>
+      <c r="F105" t="s">
+        <v>354</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H105" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>238</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" t="s">
+        <v>352</v>
+      </c>
+      <c r="E106" t="s">
+        <v>353</v>
+      </c>
+      <c r="F106" t="s">
+        <v>76</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H106" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>242</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>22</v>
+      </c>
+      <c r="D107" t="s">
+        <v>352</v>
+      </c>
+      <c r="E107" t="s">
+        <v>353</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H107" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
         <v>246</v>
       </c>
-      <c r="E92" t="s">
-[...2 lines deleted...]
-      <c r="F92" t="s">
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>26</v>
+      </c>
+      <c r="D108" t="s">
+        <v>352</v>
+      </c>
+      <c r="E108" t="s">
+        <v>353</v>
+      </c>
+      <c r="F108" t="s">
+        <v>354</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H108" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>250</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>30</v>
+      </c>
+      <c r="D109" t="s">
+        <v>352</v>
+      </c>
+      <c r="E109" t="s">
+        <v>353</v>
+      </c>
+      <c r="F109" t="s">
+        <v>108</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H109" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>257</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>34</v>
+      </c>
+      <c r="D110" t="s">
+        <v>352</v>
+      </c>
+      <c r="E110" t="s">
+        <v>353</v>
+      </c>
+      <c r="F110" t="s">
         <v>76</v>
       </c>
-      <c r="G92" s="1" t="s">
-[...3 lines deleted...]
-        <v>300</v>
+      <c r="G110" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H110" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>254</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>37</v>
+      </c>
+      <c r="D111" t="s">
+        <v>352</v>
+      </c>
+      <c r="E111" t="s">
+        <v>353</v>
+      </c>
+      <c r="F111" t="s">
+        <v>108</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H111" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>260</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>42</v>
+      </c>
+      <c r="D112" t="s">
+        <v>352</v>
+      </c>
+      <c r="E112" t="s">
+        <v>353</v>
+      </c>
+      <c r="F112" t="s">
+        <v>76</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H112" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>263</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>46</v>
+      </c>
+      <c r="D113" t="s">
+        <v>352</v>
+      </c>
+      <c r="E113" t="s">
+        <v>353</v>
+      </c>
+      <c r="F113" t="s">
+        <v>108</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H113" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>267</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>49</v>
+      </c>
+      <c r="D114" t="s">
+        <v>352</v>
+      </c>
+      <c r="E114" t="s">
+        <v>353</v>
+      </c>
+      <c r="F114" t="s">
+        <v>354</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H114" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>271</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>52</v>
+      </c>
+      <c r="D115" t="s">
+        <v>352</v>
+      </c>
+      <c r="E115" t="s">
+        <v>353</v>
+      </c>
+      <c r="F115" t="s">
+        <v>375</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H115" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>275</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>55</v>
+      </c>
+      <c r="D116" t="s">
+        <v>352</v>
+      </c>
+      <c r="E116" t="s">
+        <v>353</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H116" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>279</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>58</v>
+      </c>
+      <c r="D117" t="s">
+        <v>352</v>
+      </c>
+      <c r="E117" t="s">
+        <v>353</v>
+      </c>
+      <c r="F117" t="s">
+        <v>96</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H117" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>282</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>62</v>
+      </c>
+      <c r="D118" t="s">
+        <v>352</v>
+      </c>
+      <c r="E118" t="s">
+        <v>353</v>
+      </c>
+      <c r="F118" t="s">
+        <v>108</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H118" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>286</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>66</v>
+      </c>
+      <c r="D119" t="s">
+        <v>352</v>
+      </c>
+      <c r="E119" t="s">
+        <v>353</v>
+      </c>
+      <c r="F119" t="s">
+        <v>108</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H119" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>289</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>16</v>
+      </c>
+      <c r="D120" t="s">
+        <v>352</v>
+      </c>
+      <c r="E120" t="s">
+        <v>353</v>
+      </c>
+      <c r="F120" t="s">
+        <v>96</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H120" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>387</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>72</v>
+      </c>
+      <c r="D121" t="s">
+        <v>352</v>
+      </c>
+      <c r="E121" t="s">
+        <v>353</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H121" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>389</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" t="s">
+        <v>352</v>
+      </c>
+      <c r="E122" t="s">
+        <v>353</v>
+      </c>
+      <c r="F122" t="s">
+        <v>96</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H122" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>391</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>21</v>
+      </c>
+      <c r="D123" t="s">
+        <v>352</v>
+      </c>
+      <c r="E123" t="s">
+        <v>353</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H123" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>393</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>25</v>
+      </c>
+      <c r="D124" t="s">
+        <v>352</v>
+      </c>
+      <c r="E124" t="s">
+        <v>353</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H124" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>395</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>86</v>
+      </c>
+      <c r="D125" t="s">
+        <v>352</v>
+      </c>
+      <c r="E125" t="s">
+        <v>353</v>
+      </c>
+      <c r="F125" t="s">
+        <v>76</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H125" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>397</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>29</v>
+      </c>
+      <c r="D126" t="s">
+        <v>352</v>
+      </c>
+      <c r="E126" t="s">
+        <v>353</v>
+      </c>
+      <c r="F126" t="s">
+        <v>96</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H126" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>399</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>33</v>
+      </c>
+      <c r="D127" t="s">
+        <v>352</v>
+      </c>
+      <c r="E127" t="s">
+        <v>353</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H127" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>401</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>41</v>
+      </c>
+      <c r="D128" t="s">
+        <v>352</v>
+      </c>
+      <c r="E128" t="s">
+        <v>353</v>
+      </c>
+      <c r="F128" t="s">
+        <v>354</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H128" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>403</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>45</v>
+      </c>
+      <c r="D129" t="s">
+        <v>352</v>
+      </c>
+      <c r="E129" t="s">
+        <v>353</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H129" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>405</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>230</v>
+      </c>
+      <c r="D130" t="s">
+        <v>352</v>
+      </c>
+      <c r="E130" t="s">
+        <v>353</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H130" t="s">
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3787,50 +5095,88 @@
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>